--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -2335,58 +2335,65 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>まで記載がある。</w:t>
             </w:r>
             <w:r w:rsidR="00C7072A" w:rsidRPr="00153AB9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>※指定養成コースでない場合は、保育士資格取得見込み証明書も一緒に添付した。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56A3A515" w14:textId="77777777" w:rsidR="00C7072A" w:rsidRPr="00D27A6D" w:rsidRDefault="00C7072A" w:rsidP="002B0384">
+          <w:p w14:paraId="56A3A515" w14:textId="198611CB" w:rsidR="00C7072A" w:rsidRPr="00D27A6D" w:rsidRDefault="00D63AF5" w:rsidP="002B0384">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D27A6D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F00FD0E" w14:textId="77777777" w:rsidR="00C7072A" w:rsidRPr="005F6CEE" w:rsidRDefault="00C7072A" w:rsidP="002B0384">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00153AB9" w:rsidRPr="005F6CEE" w14:paraId="3EB11A04" w14:textId="77777777" w:rsidTr="00CE6FE8">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
@@ -3705,53 +3712,54 @@
       <w:pPr>
         <w:ind w:left="3960" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1927380708">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="839665069">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="503665004">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1746296952">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:drawingGridVerticalSpacing w:val="170"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
@@ -3862,55 +3870,57 @@
     <w:rsid w:val="00B65EA3"/>
     <w:rsid w:val="00B8796B"/>
     <w:rsid w:val="00B94E5F"/>
     <w:rsid w:val="00BA2A92"/>
     <w:rsid w:val="00BB119C"/>
     <w:rsid w:val="00BB6515"/>
     <w:rsid w:val="00BC12D9"/>
     <w:rsid w:val="00BD3AA6"/>
     <w:rsid w:val="00BD69D7"/>
     <w:rsid w:val="00BF30D0"/>
     <w:rsid w:val="00C14D28"/>
     <w:rsid w:val="00C30F4C"/>
     <w:rsid w:val="00C42B7F"/>
     <w:rsid w:val="00C45A79"/>
     <w:rsid w:val="00C7072A"/>
     <w:rsid w:val="00C76F9B"/>
     <w:rsid w:val="00CA539B"/>
     <w:rsid w:val="00CB6D3A"/>
     <w:rsid w:val="00CD7758"/>
     <w:rsid w:val="00CE6FE8"/>
     <w:rsid w:val="00D27A6D"/>
     <w:rsid w:val="00D27B5E"/>
     <w:rsid w:val="00D36F3A"/>
     <w:rsid w:val="00D37E4A"/>
     <w:rsid w:val="00D47DB2"/>
+    <w:rsid w:val="00D63AF5"/>
     <w:rsid w:val="00D8462E"/>
     <w:rsid w:val="00D901F3"/>
     <w:rsid w:val="00D970E8"/>
     <w:rsid w:val="00DC6678"/>
     <w:rsid w:val="00DD2567"/>
+    <w:rsid w:val="00DD4021"/>
     <w:rsid w:val="00E24DB9"/>
     <w:rsid w:val="00E57A3A"/>
     <w:rsid w:val="00E63606"/>
     <w:rsid w:val="00E92B4E"/>
     <w:rsid w:val="00EC4FB6"/>
     <w:rsid w:val="00F15511"/>
     <w:rsid w:val="00F32A26"/>
     <w:rsid w:val="00F34A8A"/>
     <w:rsid w:val="00F469A8"/>
     <w:rsid w:val="00F6720D"/>
     <w:rsid w:val="00F81564"/>
     <w:rsid w:val="00F90923"/>
     <w:rsid w:val="00FA08A9"/>
     <w:rsid w:val="00FF5858"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -4912,67 +4922,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>170</Words>
-  <Characters>971</Characters>
+  <Words>568</Words>
+  <Characters>574</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1139</CharactersWithSpaces>
+  <CharactersWithSpaces>1079</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>